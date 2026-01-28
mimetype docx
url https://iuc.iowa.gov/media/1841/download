--- v0 (2025-10-13)
+++ v1 (2026-01-28)
@@ -1,3724 +1,4001 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00AA4F10">
+    <w:p w14:paraId="20822BAB" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00AA4F10">
       <w:pPr>
         <w:ind w:right="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">IOWA UTILITIES </w:t>
       </w:r>
-      <w:r w:rsidR="00DD00FE">
+      <w:r w:rsidR="00DD00FE" w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>COMMISSION</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00AA4F10">
+    <w:p w14:paraId="3CD20195" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00AA4F10">
       <w:pPr>
         <w:ind w:right="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SPECIFICATIONS FOR PIPELINE</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00404B79" w:rsidP="00AA4F10">
+    <w:p w14:paraId="5F938F63" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00404B79" w:rsidP="00AA4F10">
       <w:pPr>
         <w:ind w:right="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>EXHIBIT C</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00AA4F10">
+    <w:p w14:paraId="3AF0B623" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00AA4F10">
       <w:pPr>
         <w:ind w:right="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00404B79">
+    <w:p w14:paraId="3F882924" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00404B79">
       <w:pPr>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C17536" w:rsidRDefault="00C17536" w:rsidP="00AA4F10">
+    <w:p w14:paraId="659F2E68" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00AA4F10">
       <w:pPr>
         <w:ind w:left="720" w:right="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">The proposed line will transport </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
-[...31 lines deleted...]
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">from </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
-[...31 lines deleted...]
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, Iowa, to </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
-[...39 lines deleted...]
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, Iowa.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA569C" w:rsidRPr="00FA569C" w:rsidRDefault="00FA569C" w:rsidP="00AA4F10">
+    <w:p w14:paraId="26C42DF0" w14:textId="77777777" w:rsidR="00FA569C" w:rsidRPr="00E452D2" w:rsidRDefault="00FA569C" w:rsidP="00AA4F10">
       <w:pPr>
         <w:ind w:left="720" w:right="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C17536" w:rsidRDefault="00C17536" w:rsidP="00404B79">
+    <w:p w14:paraId="4F232814" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00404B79">
       <w:pPr>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">The maximum actual operating pressure of the line will be </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>psig</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. (See a.)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA569C" w:rsidRPr="00FA569C" w:rsidRDefault="00FA569C" w:rsidP="00404B79">
+    <w:p w14:paraId="12C56395" w14:textId="77777777" w:rsidR="00FA569C" w:rsidRPr="00E452D2" w:rsidRDefault="00FA569C" w:rsidP="00404B79">
       <w:pPr>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00404B79">
+    <w:p w14:paraId="3989F637" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00404B79">
       <w:pPr>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">When operated at an inlet pressure of </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>psig</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and an outlet pressure of </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>psig</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00FA569C">
+      <w:r w:rsidR="00FA569C" w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> it will transport</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
-[...31 lines deleted...]
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(mcf) per day.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00404B79">
+    <w:p w14:paraId="7CB76076" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00404B79">
       <w:pPr>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00FA569C">
+    <w:p w14:paraId="21FC8FD2" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00FA569C">
       <w:pPr>
         <w:ind w:left="720" w:right="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>PIPE:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Total length (mi)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
-[...15 lines deleted...]
-      <w:r w:rsidR="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FA569C" w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>__________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
-[...16 lines deleted...]
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00404B79">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="712635FD" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00404B79">
       <w:pPr>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Length in Location Class 1 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidR="00FA569C">
+      <w:r w:rsidR="00FA569C" w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidR="00FA569C">
+      <w:r w:rsidR="00FA569C" w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r w:rsidR="00FA569C">
+      <w:r w:rsidR="00FA569C" w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
-      <w:r w:rsidR="00FA569C">
+      <w:r w:rsidR="00FA569C" w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
-[...32 lines deleted...]
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00404B79">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (See b.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61F22EC8" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00404B79">
       <w:pPr>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>If more than one location class</w:t>
       </w:r>
-      <w:r w:rsidR="00FA569C">
+      <w:r w:rsidR="00FA569C" w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> attach a map or description showing the locations of each class.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00404B79">
+    <w:p w14:paraId="22F9A2DF" w14:textId="77777777" w:rsidR="00155406" w:rsidRPr="00E452D2" w:rsidRDefault="00155406" w:rsidP="00404B79">
       <w:pPr>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00AA4F10">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>High Consequence Area(s) (See c.) Yes _______   No _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DEA1449" w14:textId="77777777" w:rsidR="00155406" w:rsidRPr="00E452D2" w:rsidRDefault="00155406" w:rsidP="00404B79">
+      <w:pPr>
+        <w:ind w:left="720" w:right="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>If yes, determined using (check one):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> Method 1_____   Method 2______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78191519" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00404B79">
+      <w:pPr>
+        <w:ind w:left="720" w:right="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="754B6574" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00AA4F10">
       <w:pPr>
         <w:ind w:left="720" w:right="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>PIPE SPECIFICATIONS:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00404B79">
+    <w:p w14:paraId="687FF944" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00404B79">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5130"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
         </w:tabs>
         <w:ind w:left="720" w:right="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">External diameter (in) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Wall thickness (in) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
-[...8 lines deleted...]
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00404B79">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="108A95B9" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00404B79">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5130"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
         </w:tabs>
         <w:ind w:left="720" w:right="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Weight per foot (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>lb</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Minimum yield psi (SMYS) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
-[...8 lines deleted...]
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00404B79">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F9EA2E4" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00404B79">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5130"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
         </w:tabs>
         <w:ind w:left="720" w:right="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Longitudinal seam type </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Pipe Specification (API, ASME) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
-[...8 lines deleted...]
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00404B79">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73DBBFA5" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00404B79">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5130"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
         </w:tabs>
         <w:ind w:left="720" w:right="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Type of coating </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Manufacturer of pipe </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
-[...8 lines deleted...]
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00404B79">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50540D55" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00404B79">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
         </w:tabs>
         <w:ind w:left="720" w:right="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FA569C">
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">% SMYS at MAOP </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
-[...9 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43906167" w14:textId="77777777" w:rsidR="00155406" w:rsidRPr="00E452D2" w:rsidRDefault="00155406" w:rsidP="00404B79">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+        </w:tabs>
         <w:ind w:left="720" w:right="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00404B79">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Potential impact radius (ft) ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14F578FF" w14:textId="77777777" w:rsidR="00FA569C" w:rsidRPr="00E452D2" w:rsidRDefault="00FA569C" w:rsidP="00404B79">
       <w:pPr>
         <w:ind w:left="720" w:right="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
+    </w:p>
+    <w:p w14:paraId="282F9A8A" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00404B79">
+      <w:pPr>
+        <w:ind w:left="720" w:right="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If more than one type of pipe is used</w:t>
       </w:r>
-      <w:r w:rsidR="00FA569C">
+      <w:r w:rsidR="00FA569C" w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> provide specifications for each type and attach a map or description showing where each is located.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00404B79">
+    <w:p w14:paraId="45487A0C" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00404B79">
       <w:pPr>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00AA4F10">
+    <w:p w14:paraId="087EF701" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00AA4F10">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5130"/>
           <w:tab w:val="left" w:pos="10080"/>
         </w:tabs>
         <w:ind w:left="720" w:right="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Test Pressure (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>psig</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Test medium </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
-[...8 lines deleted...]
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00404B79">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09D69046" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00404B79">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10080"/>
         </w:tabs>
         <w:ind w:left="720" w:right="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For existing lines, the date(s) of the test </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
-[...8 lines deleted...]
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00404B79">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="076975AC" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00404B79">
       <w:pPr>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00404B79" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00AA4F10">
+    <w:p w14:paraId="73D3E959" w14:textId="77777777" w:rsidR="00404B79" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00AA4F10">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10080"/>
         </w:tabs>
         <w:ind w:left="720" w:right="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Maximum allowable operating pressure (MAOP), </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>psig</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00404B79" w:rsidP="00404B79">
+    <w:p w14:paraId="23ABFF6F" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00404B79" w:rsidP="00404B79">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10080"/>
         </w:tabs>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
-[...14 lines deleted...]
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00404B79">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(See </w:t>
+      </w:r>
+      <w:r w:rsidR="002A61B0" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="002A61B0" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="187301CB" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00404B79">
       <w:pPr>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Attach calculations showing how the MAOP was determined.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00404B79">
+    <w:p w14:paraId="0F1892A1" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00404B79">
       <w:pPr>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00AA4F10">
+    <w:p w14:paraId="3CBDE1B6" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00AA4F10">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10080"/>
         </w:tabs>
         <w:ind w:left="720" w:right="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Type of cathodic protection.  Anodes </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  Rectifier </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  Other (explain) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
-[...8 lines deleted...]
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00404B79">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B88D7EF" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00404B79">
       <w:pPr>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00AA4F10">
+    <w:p w14:paraId="2BD0DD58" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00AA4F10">
       <w:pPr>
         <w:ind w:left="720" w:right="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>VALVES AND FLANGES:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00404B79">
+    <w:p w14:paraId="06C83391" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00404B79">
       <w:pPr>
         <w:ind w:left="720" w:right="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Valves:  API class </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">                </w:t>
       </w:r>
-      <w:r w:rsidR="00FA569C">
+      <w:r w:rsidR="00FA569C" w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>_______</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  or pressure rating </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
-[...7 lines deleted...]
-      <w:r w:rsidR="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FA569C" w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>_________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00404B79">
+    <w:p w14:paraId="496EF6CD" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00404B79">
       <w:pPr>
         <w:ind w:left="720" w:right="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Flanges:  ASME or MSS class </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
-      <w:r w:rsidR="00FA569C">
+      <w:r w:rsidR="00FA569C" w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>____</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  or pressure rating </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
-[...7 lines deleted...]
-      <w:r w:rsidR="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00FA569C" w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>______</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00404B79">
+    <w:p w14:paraId="40FEE7FF" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00404B79">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10080"/>
         </w:tabs>
         <w:ind w:left="720" w:right="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Type of valve (plug, gate, ball, etc.) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
-[...8 lines deleted...]
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00404B79">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E16ED18" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00404B79">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10080"/>
         </w:tabs>
         <w:ind w:left="720" w:right="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Method of valve connection (Flanged, screwed or welded) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
-[...8 lines deleted...]
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00404B79">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="209261D3" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00404B79">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10080"/>
         </w:tabs>
         <w:ind w:left="720" w:right="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Valve manufacturer's name and reference No. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
-[...8 lines deleted...]
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00404B79">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ABFA6A8" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00404B79">
       <w:pPr>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Valve spacing </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> miles.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00404B79">
+    <w:p w14:paraId="15694E0E" w14:textId="77777777" w:rsidR="002E4693" w:rsidRPr="00E452D2" w:rsidRDefault="002E4693" w:rsidP="00404B79">
       <w:pPr>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Rupture Mitigation Valves (RMVs) to be installed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Yes _____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>No _______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03E42C75" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00404B79">
+      <w:pPr>
+        <w:ind w:left="720" w:right="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Attach a map showing or describe the valve locations.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00404B79">
+    <w:p w14:paraId="638A2EE9" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00404B79">
       <w:pPr>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00AA4F10">
+    <w:p w14:paraId="47369981" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00AA4F10">
       <w:pPr>
         <w:ind w:left="720" w:right="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">The contents of this pipeline are/will be odorized.  Yes </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  No </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">          _</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00404B79">
+    <w:p w14:paraId="14ABC32E" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00404B79">
       <w:pPr>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00AA4F10">
+    <w:p w14:paraId="1C6B82F8" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00AA4F10">
       <w:pPr>
         <w:ind w:left="720" w:right="720" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>9.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">The pipeline is/will be designed and constructed to accommodate the passage of instrumented internal inspection devices.  Yes </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  No </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
-[...32 lines deleted...]
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00D97D87">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (See </w:t>
+      </w:r>
+      <w:r w:rsidR="002A61B0" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="638C33F7" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00D97D87">
       <w:pPr>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">If not, attach an explanation of why the pipeline cannot accommodate internal inspection devices, and a description of the measures and degree of difficulty that would be necessary to allow the line to accommodate such devices.   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00D97D87">
+    <w:p w14:paraId="14B27CB3" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00D97D87">
       <w:pPr>
         <w:ind w:left="720" w:right="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00FA569C">
+    <w:p w14:paraId="1E669D12" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00FA569C">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:right="720" w:hanging="450"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>10.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
-[...8 lines deleted...]
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00404B79">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">STANDARDS:  Unless otherwise indicated, all design, construction, operation and maintenance records will be in accordance with the appropriate federal and state regulations and standards.  (See </w:t>
+      </w:r>
+      <w:r w:rsidR="002A61B0" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61A47E4C" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00404B79">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00AA4F10">
+    <w:p w14:paraId="7E8E23BD" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00AA4F10">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:right="720" w:hanging="450"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>11.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>CROSSINGS:  Listed on an attached sheet is the name and location (legal description) of each feature being crossed.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00D97D87">
+    <w:p w14:paraId="2DFE0CB6" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00D97D87">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="8550"/>
         </w:tabs>
         <w:ind w:right="720" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Railroads</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Number of crossings </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
-[...23 lines deleted...]
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00D97D87">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (See </w:t>
+      </w:r>
+      <w:r w:rsidR="002A61B0" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="063A701F" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00D97D87">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="8550"/>
         </w:tabs>
         <w:ind w:right="720" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Federal or State Highways</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Number of crossings </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
-[...16 lines deleted...]
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00D97D87">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AEC0C1D" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00D97D87">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="8550"/>
         </w:tabs>
         <w:ind w:right="720" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Foreign Pipelines</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Number of crossings </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
-[...16 lines deleted...]
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00D97D87">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C996684" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00D97D87">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="8550"/>
         </w:tabs>
         <w:ind w:right="720" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Rivers, Streams, Bodies of Water</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Number of crossings </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
-[...26 lines deleted...]
-        <w:ind w:right="720"/>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (See </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002A61B0" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43FE8F59" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00E3786A">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:left="0" w:right="720" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00404B79">
-[...10 lines deleted...]
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00AA4F10">
+    <w:p w14:paraId="17CE286B" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00AA4F10">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:right="720" w:hanging="450"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>12.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>CONSTRUCTION:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00D97D87">
+    <w:p w14:paraId="5AF1579A" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00D97D87">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:right="720" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If applicable, attached is information on any special design, construction, or test measures contemplated due to route conditions, environmentally sensitive areas, or other unusual circumstance.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D97D87" w:rsidRPr="00FA569C" w:rsidRDefault="00D97D87" w:rsidP="00D97D87">
+    <w:p w14:paraId="77BA9AC4" w14:textId="77777777" w:rsidR="00D97D87" w:rsidRPr="00E452D2" w:rsidRDefault="00D97D87" w:rsidP="00D97D87">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:right="720" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00D97D87">
+    <w:p w14:paraId="4CD039A7" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00D97D87">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:right="720" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
-[...7 lines deleted...]
-    <w:p w:rsidR="00D97D87" w:rsidRPr="00FA569C" w:rsidRDefault="00D97D87" w:rsidP="00404B79">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The project has been designed and will be constructed to minimize the risk of damage to other utilities or disruption of service by those utilities. Petitioner will notify other utilities and exercise caution during construction in compliance with Iowa Code chapter 480. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B409D99" w14:textId="77777777" w:rsidR="00D97D87" w:rsidRPr="00E452D2" w:rsidRDefault="00D97D87" w:rsidP="00404B79">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:right="720" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00D97D87">
+    <w:p w14:paraId="28EADFEF" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00D97D87">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:right="720" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
-[...6 lines deleted...]
-      <w:r w:rsidR="00DD00FE">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The pipeline will be tested upon completion in accordance with the applicable provisions of 49 CFR Part 192, latest or replacement issue. The Utilities </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD00FE" w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Commission</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> will be notified prior to testing, and after completion a written report will be filed showing the test method and results.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00404B79">
+    <w:p w14:paraId="559D9649" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00404B79">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D97D87" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00D97D87">
+    <w:p w14:paraId="199B4CC8" w14:textId="77777777" w:rsidR="00D97D87" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00D97D87">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:left="0" w:right="720" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
-[...7 lines deleted...]
-    <w:p w:rsidR="00D97D87" w:rsidRPr="00FA569C" w:rsidRDefault="00D97D87" w:rsidP="00D97D87">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75DD5B76" w14:textId="77777777" w:rsidR="00D97D87" w:rsidRPr="00E452D2" w:rsidRDefault="00D97D87" w:rsidP="00D97D87">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:left="0" w:right="720" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
-[...7 lines deleted...]
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00D97D87" w:rsidP="00D97D87">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="480AB0A8" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00D97D87" w:rsidP="00D97D87">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:left="0" w:right="720" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
-[...6 lines deleted...]
-      <w:r w:rsidR="00C17536" w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Name of applicant </w:t>
       </w:r>
-      <w:r w:rsidR="00C17536" w:rsidRPr="00FA569C">
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00C17536" w:rsidRPr="00FA569C">
-[...63 lines deleted...]
-      <w:r w:rsidR="00C17536" w:rsidRPr="00FA569C">
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Date </w:t>
+      </w:r>
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00C17536" w:rsidRPr="00FA569C">
-[...23 lines deleted...]
-      <w:r w:rsidR="00C34E30" w:rsidRPr="00FA569C">
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C34E30" w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>_____</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00404B79">
+    <w:p w14:paraId="5D28015C" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00404B79">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D97D87" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00404B79">
+    <w:p w14:paraId="62C90893" w14:textId="77777777" w:rsidR="00D97D87" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00404B79">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
-[...7 lines deleted...]
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00D97D87" w:rsidP="00AA4F10">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="555AEDA8" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00D97D87" w:rsidP="00AA4F10">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
-[...6 lines deleted...]
-      <w:r w:rsidR="00C17536" w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Signed by </w:t>
       </w:r>
-      <w:r w:rsidR="00C17536" w:rsidRPr="00FA569C">
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00C17536" w:rsidRPr="00FA569C">
-[...87 lines deleted...]
-      <w:r w:rsidR="00C34E30" w:rsidRPr="00FA569C">
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C34E30" w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>_____</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00AA4F10">
+    <w:p w14:paraId="1C5C2258" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00AA4F10">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:right="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA569C">
+      <w:r w:rsidRPr="00E452D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(Name and Title)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00404B79">
+    <w:p w14:paraId="159E5B6B" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00404B79">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00404B79">
+    <w:p w14:paraId="7725DC5A" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00404B79">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00404B79" w:rsidRPr="00FA569C" w:rsidRDefault="00404B79" w:rsidP="00404B79">
+    <w:p w14:paraId="028369A7" w14:textId="77777777" w:rsidR="00404B79" w:rsidRPr="00E452D2" w:rsidRDefault="00404B79" w:rsidP="00404B79">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D97D87" w:rsidRPr="00FA569C" w:rsidRDefault="00D97D87" w:rsidP="00404B79">
+    <w:p w14:paraId="0678D003" w14:textId="77777777" w:rsidR="00D97D87" w:rsidRPr="00E452D2" w:rsidRDefault="00D97D87" w:rsidP="00404B79">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D97D87" w:rsidRPr="00FA569C" w:rsidRDefault="00D97D87" w:rsidP="00404B79">
+    <w:p w14:paraId="63D0BA3D" w14:textId="77777777" w:rsidR="00D97D87" w:rsidRPr="00E452D2" w:rsidRDefault="00D97D87" w:rsidP="00404B79">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D97D87" w:rsidRPr="00FA569C" w:rsidRDefault="00D97D87" w:rsidP="00404B79">
+    <w:p w14:paraId="59859B01" w14:textId="77777777" w:rsidR="00D97D87" w:rsidRPr="00E452D2" w:rsidRDefault="00D97D87" w:rsidP="00404B79">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D97D87" w:rsidRPr="00FA569C" w:rsidRDefault="00D97D87" w:rsidP="00404B79">
+    <w:p w14:paraId="759852A5" w14:textId="77777777" w:rsidR="00D97D87" w:rsidRPr="00E452D2" w:rsidRDefault="00D97D87" w:rsidP="00404B79">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C17536" w:rsidRPr="00FA569C" w:rsidRDefault="00C17536" w:rsidP="00404B79">
+    <w:p w14:paraId="6FA7899C" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00404B79">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:right="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA569C" w:rsidRDefault="00FA569C" w:rsidP="00FA569C">
+    <w:p w14:paraId="1F1D9B73" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00E3786A">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:left="0" w:right="720" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DE15628" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00D97D87" w:rsidP="00404B79">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:right="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>INSTRUCTIONS FOR EXHIBIT C</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58B30C07" w14:textId="77777777" w:rsidR="00D97D87" w:rsidRPr="00E452D2" w:rsidRDefault="00D97D87" w:rsidP="00404B79">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:right="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67E15E07" w14:textId="6C85DFEE" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00FA569C">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:right="720" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This form is to be filed with </w:t>
+      </w:r>
+      <w:r w:rsidR="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Petition for Pipeline Permit</w:t>
+      </w:r>
+      <w:r w:rsidR="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,” “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Petition for Renewal of Pipeline Permit</w:t>
+      </w:r>
+      <w:r w:rsidR="00321C8C" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="002A61B0" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or “Petition for Amendment of Pipeline Permit.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BE12B8D" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00E3786A">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:left="0" w:right="720" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1850A77A" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00D97D87">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:right="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Maximum actual operating pressure is the maximum operating pressure that will exist in the piping system during a normal annual operating cycle.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6935B255" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00D97D87">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:right="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C075DDD" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00D97D87">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:right="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>b.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>See 49 CFR 192.5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51A8D235" w14:textId="77777777" w:rsidR="00D0775D" w:rsidRPr="00E452D2" w:rsidRDefault="00D0775D" w:rsidP="00D97D87">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:right="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54951CCF" w14:textId="77777777" w:rsidR="00D0775D" w:rsidRPr="00E452D2" w:rsidRDefault="00D0775D" w:rsidP="00D97D87">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:right="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>c.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>See 49 CFR 192.903</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="777F1E11" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00D97D87">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:right="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62B16F74" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="002E4693" w:rsidP="00D97D87">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:right="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Unless otherwise requested by the petitioner, this pressure is the amount that will be specified in the operating permit, when and if issued.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C0DA9F4" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00D97D87">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:right="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="433DD64C" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="002E4693" w:rsidP="00D97D87">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:right="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>See 49 CFR 192.619</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36530796" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00D97D87">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:right="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A56E780" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="002E4693" w:rsidP="00D97D87">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:right="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>See 49 CFR 192.150</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62FBE374" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00D97D87">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:right="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7451BDB1" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="002E4693" w:rsidP="00D97D87">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:right="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">See 199 IAC </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA569C" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hapters 9 and 10</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EE7265C" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00D97D87">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:right="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04B78964" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="002E4693" w:rsidP="00D97D87">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:right="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>If any of the railroad rights-of-way listed are abandoned</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA569C" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as defined in Iowa Code </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA569C" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>§ 327G.76</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA569C" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> please so indicate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="101E7F72" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="00C17536" w:rsidP="00D97D87">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:right="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D0C0224" w14:textId="77777777" w:rsidR="00C17536" w:rsidRPr="00E452D2" w:rsidRDefault="002E4693" w:rsidP="00D97D87">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:right="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C17536" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Shall include all navigable waterways, meandered streams, streams exceeding 100 feet in width between high water marks, and any stream where a crossing permit is required by another regulatory agency or agencies. Identify the agencies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50BB1517" w14:textId="77777777" w:rsidR="00E142B1" w:rsidRPr="00E452D2" w:rsidRDefault="00E142B1" w:rsidP="00D97D87">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:right="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D88B680" w14:textId="77777777" w:rsidR="00E142B1" w:rsidRPr="00E452D2" w:rsidRDefault="00E142B1" w:rsidP="00D97D87">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:right="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20CE16C2" w14:textId="77777777" w:rsidR="00E142B1" w:rsidRPr="00E452D2" w:rsidRDefault="00E142B1" w:rsidP="00D97D87">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:right="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D4BC42E" w14:textId="77777777" w:rsidR="00E142B1" w:rsidRPr="00E452D2" w:rsidRDefault="00E142B1" w:rsidP="00D97D87">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:right="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EB1D8EC" w14:textId="77777777" w:rsidR="00E142B1" w:rsidRPr="00E452D2" w:rsidRDefault="00E142B1" w:rsidP="00D97D87">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:right="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07DBC921" w14:textId="77777777" w:rsidR="00E142B1" w:rsidRPr="00E452D2" w:rsidRDefault="00E142B1" w:rsidP="00D97D87">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:right="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15BF9FFA" w14:textId="77777777" w:rsidR="00E142B1" w:rsidRPr="00E452D2" w:rsidRDefault="00E142B1" w:rsidP="00D97D87">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:right="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7368FB01" w14:textId="77777777" w:rsidR="00E142B1" w:rsidRPr="00E452D2" w:rsidRDefault="00E142B1" w:rsidP="00D97D87">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:right="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D72569E" w14:textId="77777777" w:rsidR="00E142B1" w:rsidRPr="00E452D2" w:rsidRDefault="00E142B1" w:rsidP="00D97D87">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:right="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4671AB9D" w14:textId="77777777" w:rsidR="00E142B1" w:rsidRPr="00E452D2" w:rsidRDefault="00E142B1" w:rsidP="00D97D87">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:right="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11D17311" w14:textId="77777777" w:rsidR="00E142B1" w:rsidRPr="00E452D2" w:rsidRDefault="00E142B1" w:rsidP="00D97D87">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:right="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B37FC2A" w14:textId="77777777" w:rsidR="00E142B1" w:rsidRPr="00E452D2" w:rsidRDefault="00E142B1" w:rsidP="00D97D87">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:right="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DD19873" w14:textId="77777777" w:rsidR="00E142B1" w:rsidRPr="00E452D2" w:rsidRDefault="00E142B1" w:rsidP="00D97D87">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:right="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CD2284E" w14:textId="77777777" w:rsidR="00E142B1" w:rsidRPr="00E452D2" w:rsidRDefault="00E142B1" w:rsidP="00D97D87">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:right="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7560F879" w14:textId="77777777" w:rsidR="00E142B1" w:rsidRPr="00E452D2" w:rsidRDefault="00E142B1" w:rsidP="00D97D87">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:right="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24292661" w14:textId="77777777" w:rsidR="00E142B1" w:rsidRPr="00E452D2" w:rsidRDefault="00E142B1" w:rsidP="00D97D87">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:right="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59B22AC8" w14:textId="77777777" w:rsidR="00E142B1" w:rsidRPr="00E452D2" w:rsidRDefault="00E142B1" w:rsidP="00D97D87">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:right="720" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="232028CE" w14:textId="0C2D068D" w:rsidR="00E142B1" w:rsidRPr="00E452D2" w:rsidRDefault="00E142B1" w:rsidP="00E142B1">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:right="720" w:hanging="360"/>
         <w:jc w:val="right"/>
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
-[...15 lines deleted...]
-        <w:rPr>
+        <w:t>Rev.</w:t>
+      </w:r>
+      <w:r w:rsidR="003B52EC" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
-[...553 lines deleted...]
-        <w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="002B117E" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rev. </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="003B52EC" w:rsidRPr="00E452D2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>7.2024</w:t>
-[...3 lines deleted...]
-    <w:sectPr w:rsidR="00E142B1" w:rsidRPr="00FA569C" w:rsidSect="00AA4F10">
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00E142B1" w:rsidRPr="00E452D2" w:rsidSect="00AA4F10">
       <w:footerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1080" w:right="720" w:bottom="1080" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E67735" w:rsidRDefault="00E67735" w:rsidP="00937E01">
+    <w:p w14:paraId="042EC273" w14:textId="77777777" w:rsidR="0060194F" w:rsidRDefault="0060194F" w:rsidP="00937E01">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E67735" w:rsidRDefault="00E67735" w:rsidP="00937E01">
+    <w:p w14:paraId="735AD487" w14:textId="77777777" w:rsidR="0060194F" w:rsidRDefault="0060194F" w:rsidP="00937E01">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00937E01" w:rsidRDefault="00937E01" w:rsidP="00937E01">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="4370D5C6" w14:textId="77777777" w:rsidR="00937E01" w:rsidRDefault="00937E01" w:rsidP="00937E01">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E67735" w:rsidRDefault="00E67735" w:rsidP="00937E01">
+    <w:p w14:paraId="1E3659B1" w14:textId="77777777" w:rsidR="0060194F" w:rsidRDefault="0060194F" w:rsidP="00937E01">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E67735" w:rsidRDefault="00E67735" w:rsidP="00937E01">
+    <w:p w14:paraId="0EF5A3C8" w14:textId="77777777" w:rsidR="0060194F" w:rsidRDefault="0060194F" w:rsidP="00937E01">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="130"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E67735"/>
     <w:rsid w:val="00007594"/>
+    <w:rsid w:val="00155406"/>
+    <w:rsid w:val="002A61B0"/>
+    <w:rsid w:val="002B117E"/>
+    <w:rsid w:val="002E4693"/>
+    <w:rsid w:val="00321C8C"/>
+    <w:rsid w:val="003B52EC"/>
     <w:rsid w:val="003D642F"/>
     <w:rsid w:val="00404B79"/>
+    <w:rsid w:val="004A729B"/>
+    <w:rsid w:val="0060194F"/>
     <w:rsid w:val="00937E01"/>
     <w:rsid w:val="00A70FA9"/>
     <w:rsid w:val="00AA4F10"/>
     <w:rsid w:val="00C17536"/>
     <w:rsid w:val="00C34E30"/>
+    <w:rsid w:val="00C54664"/>
     <w:rsid w:val="00CE64DF"/>
+    <w:rsid w:val="00D0775D"/>
     <w:rsid w:val="00D97D87"/>
     <w:rsid w:val="00DD00FE"/>
     <w:rsid w:val="00E142B1"/>
     <w:rsid w:val="00E27114"/>
+    <w:rsid w:val="00E3786A"/>
+    <w:rsid w:val="00E452D2"/>
     <w:rsid w:val="00E67735"/>
     <w:rsid w:val="00FA569C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="30604490"/>
+  <w14:docId w14:val="51B3106F"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{7B6AF415-7F29-4836-A2D9-0C23543B2099}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4050,50 +4327,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
@@ -4153,55 +4431,82 @@
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00937E01"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00937E01"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002B117E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002B117E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -4467,70 +4772,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>664</Words>
-  <Characters>3956</Characters>
+  <Words>710</Words>
+  <Characters>4248</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
+  <Lines>35</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Exhibit C - Gas Pipeline</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Iowa Utilities Board</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4611</CharactersWithSpaces>
+  <CharactersWithSpaces>4949</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Exhibit C - Gas Pipeline</dc:title>
   <dc:subject/>
   <dc:creator>Tormey, Donald [IUB]</dc:creator>
   <cp:keywords/>
   <dc:description>revised 3/6/07</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>